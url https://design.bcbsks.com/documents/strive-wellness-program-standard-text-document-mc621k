--- v0 (2025-11-02)
+++ v1 (2026-03-18)
@@ -1,94 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="56EF4E46" w14:textId="46B44F56" w:rsidR="00F46E7A" w:rsidRPr="007A2969" w:rsidRDefault="00DA5347">
+    <w:p w14:paraId="56EF4E46" w14:textId="0384079B" w:rsidR="00F46E7A" w:rsidRPr="007A2969" w:rsidRDefault="00DA5347">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00D04203" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">review and modify </w:t>
+        <w:t>review and modify</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7F9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your welcome letter as</w:t>
       </w:r>
       <w:r w:rsidR="00981305" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">as needed </w:t>
+        <w:t xml:space="preserve"> needed </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7F9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by adding the </w:t>
       </w:r>
       <w:r w:rsidR="001758EF" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">the text </w:t>
+        <w:t xml:space="preserve">text </w:t>
       </w:r>
       <w:r w:rsidR="007B2D47" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>below</w:t>
       </w:r>
       <w:r w:rsidR="001758EF" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00981305" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
@@ -100,149 +121,69 @@
         </w:rPr>
         <w:t xml:space="preserve">all activities that </w:t>
       </w:r>
       <w:r w:rsidR="003121BF" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">your group </w:t>
       </w:r>
       <w:r w:rsidR="007B2D47" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">selected </w:t>
       </w:r>
       <w:r w:rsidR="003121BF" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>to include in your</w:t>
+        <w:t>to include</w:t>
       </w:r>
       <w:r w:rsidR="007B2D47" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> activity based</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> milestone program</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7F9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not included on the standard template suggestions</w:t>
       </w:r>
       <w:r w:rsidR="004E229E" w:rsidRPr="007A2969">
-        <w:rPr>
-[...70 lines deleted...]
-      <w:r w:rsidR="008A1650" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BA69A2E" w14:textId="57ABC272" w:rsidR="00DA5347" w:rsidRPr="007A2969" w:rsidRDefault="00DA5347" w:rsidP="00DA5347">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
@@ -577,111 +518,93 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">, and triglycerides. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A53075D" w14:textId="77777777" w:rsidR="00DA5347" w:rsidRPr="007A2969" w:rsidRDefault="00DA5347" w:rsidP="003B1FE3">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A2969">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="007A2969">
+      <w:r w:rsidRPr="007826C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Define where these may be completed such as at their primary provider office, at an onsite group event, at a health fair</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="5781D894" w14:textId="77777777" w:rsidR="005C4F25" w:rsidRDefault="00DA5347" w:rsidP="00E729DF">
+        <w:t>[Define where these may be completed such as at their primary provider office, at an onsite group event, at a health fair]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5781D894" w14:textId="2E747163" w:rsidR="005C4F25" w:rsidRDefault="00DA5347" w:rsidP="00E729DF">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Once you have completed the biometric</w:t>
       </w:r>
       <w:r w:rsidR="008A1650" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>screening , enter the date of the exam. Recording this event indicates you have completed the activity as required.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="20DBC11C" w14:textId="7E7E8A05" w:rsidR="00E729DF" w:rsidRPr="007A2969" w:rsidRDefault="00E729DF" w:rsidP="00E729DF">
+        <w:t>screening, enter the date of the exam. Recording this event indicates you have completed the activity as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EFADD61" w14:textId="329D90E8" w:rsidR="0089204C" w:rsidRDefault="00E729DF" w:rsidP="0089204C">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Limit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
       <w:r w:rsidRPr="007A2969">
@@ -703,80 +626,97 @@
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> points</w:t>
       </w:r>
       <w:r w:rsidR="00B7418E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="744F2BA9" w14:textId="77777777" w:rsidR="002D0324" w:rsidRPr="007A2969" w:rsidRDefault="002D0324" w:rsidP="003B1FE3">
+    <w:p w14:paraId="61CCF456" w14:textId="77777777" w:rsidR="0089204C" w:rsidRDefault="0089204C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Univers LT Std 47 Cn Lt"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="my-MM"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43EE9381" w14:textId="77777777" w:rsidR="0089204C" w:rsidRPr="0089204C" w:rsidRDefault="0089204C" w:rsidP="0089204C">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53453507" w14:textId="56E9E841" w:rsidR="00DA5347" w:rsidRPr="007A2969" w:rsidRDefault="005C4F25" w:rsidP="008658D4">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00DA5347" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>nnual Preventative Exam</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21102F1A" w14:textId="77777777" w:rsidR="00DA5347" w:rsidRPr="007A2969" w:rsidRDefault="00DA5347" w:rsidP="008658D4">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>Complete a wellness check-up with your doctor. The types of exams that fulfill this activity include:</w:t>
       </w:r>
@@ -967,207 +907,132 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7F460D4D" w14:textId="3E569FFA" w:rsidR="00DA5347" w:rsidRPr="007A2969" w:rsidRDefault="00DA5347" w:rsidP="003B1FE3">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="2"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk146709394"/>
       <w:bookmarkStart w:id="1" w:name="_Hlk146705323"/>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="2"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Once you have completed the visit, enter the date and select exam completed from the drop-down list. Recording this event indicates you certify you have completed the activity as required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0829C11E" w14:textId="0792878D" w:rsidR="004938BD" w:rsidRDefault="004938BD" w:rsidP="003B1FE3">
+    <w:p w14:paraId="36D56F43" w14:textId="77777777" w:rsidR="00545AB3" w:rsidRDefault="004938BD" w:rsidP="00545AB3">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Limit </w:t>
       </w:r>
       <w:r w:rsidR="00B7418E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">one </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">preventative exam for a credit of </w:t>
       </w:r>
       <w:r w:rsidR="00B7418E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>points</w:t>
       </w:r>
       <w:r w:rsidR="00B7418E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...81 lines deleted...]
-    <w:p w14:paraId="1B935EA7" w14:textId="409DB2D9" w:rsidR="007B2D47" w:rsidRPr="007A2969" w:rsidRDefault="003A0031" w:rsidP="003A0031">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="1B935EA7" w14:textId="5CFA2BA0" w:rsidR="007B2D47" w:rsidRPr="007A2969" w:rsidRDefault="003A0031" w:rsidP="00545AB3">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="007B2D47" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">articipate in </w:t>
       </w:r>
       <w:r w:rsidR="00E46DEE" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
       <w:r w:rsidR="007B2D47" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> educational activity</w:t>
@@ -1394,60 +1259,80 @@
           <w:color w:val="auto"/>
           <w:spacing w:val="2"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">For details on how to fulfill this activity, consult your company wellness committee. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28294C74" w14:textId="7EE12C78" w:rsidR="007B2D47" w:rsidRPr="007A2969" w:rsidRDefault="007B2D47" w:rsidP="003B1FE3">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="2"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>After completing this activity, please enter the date completed. Recording this event indicates you certify you have completed the activity as required.</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">After completing this activity, please enter the date completed. Recording this event indicates you certify you have completed the activity as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-        <w:t xml:space="preserve">* </w:t>
+          <w:spacing w:val="2"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>required.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="647918AF" w14:textId="55411625" w:rsidR="003A0031" w:rsidRPr="007A2969" w:rsidRDefault="003A0031" w:rsidP="003B1FE3">
       <w:pPr>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      Limit </w:t>
       </w:r>
       <w:r w:rsidR="00B7418E">
@@ -1700,50 +1585,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="051E9E55" w14:textId="3FEC4A3A" w:rsidR="003121BF" w:rsidRPr="007A2969" w:rsidRDefault="003121BF" w:rsidP="003B1FE3">
       <w:pPr>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:color w:val="282829"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:color w:val="282829"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A minimum of 4 hours of your Voluntary Benefit must be used to satisfy this requirement</w:t>
       </w:r>
       <w:r w:rsidR="004E229E" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:color w:val="282829"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:color w:val="282829"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>You may conduct individual volunteer work or participate in a company sponsored event for credit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C99A7DE" w14:textId="1B8FBD10" w:rsidR="003121BF" w:rsidRPr="007A2969" w:rsidRDefault="003121BF" w:rsidP="003B1FE3">
       <w:pPr>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
@@ -1873,1269 +1759,1317 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00AA13F3" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>points</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57D51D21" w14:textId="0A8E9B2B" w:rsidR="003A0031" w:rsidRPr="007A2969" w:rsidRDefault="003121BF" w:rsidP="003A0031">
+    <w:p w14:paraId="57D51D21" w14:textId="2FB6CD34" w:rsidR="003A0031" w:rsidRPr="00545AB3" w:rsidRDefault="003121BF" w:rsidP="00545AB3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00545AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete a Daily </w:t>
+      </w:r>
+      <w:r w:rsidR="003A0031" w:rsidRPr="00545AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Habits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25CB5594" w14:textId="59BCE2C5" w:rsidR="003A0031" w:rsidRPr="007A2969" w:rsidRDefault="00FA3692" w:rsidP="003B1FE3">
+      <w:pPr>
+        <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk79493141"/>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There is no editable text associated </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1650" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this activity.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B402BD" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0031" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> link </w:t>
+      </w:r>
+      <w:r w:rsidR="00B402BD" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will be available on your</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0031" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004844AA" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Strive W</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1650" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ellness</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0031" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004844AA" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0031" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rogram to select a daily habits plan. Within Strive, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B402BD" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0031" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will participate in one of 19 focus areas. Daily Habits are programs that help </w:t>
+      </w:r>
+      <w:r w:rsidR="00B402BD" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="003A0031" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">create small, actionable goals that will help you stick with the program and create lifelong healthy patterns. Plans run from between </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB29F5" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>28 to 56 calendar days</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0031" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; allow enough time to complete and record before the end of your program!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="049ED966" w14:textId="77777777" w:rsidR="003A0031" w:rsidRPr="007A2969" w:rsidRDefault="003A0031" w:rsidP="003B1FE3">
+      <w:pPr>
+        <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>When you select your topic, enter your progress, and complete a Daily Habit plan, the system will automatically credit you.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D06CE3B" w14:textId="56E62C02" w:rsidR="003A0031" w:rsidRPr="007A2969" w:rsidRDefault="003A0031" w:rsidP="003B1FE3">
+      <w:pPr>
+        <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Limit</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7418E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for credit to earn </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7418E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>points</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1515656E" w14:textId="13834BD8" w:rsidR="00405DE0" w:rsidRPr="007A2969" w:rsidRDefault="00405DE0" w:rsidP="00147703">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...24 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Activity Challenge or Wellness </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk79493404"/>
+      <w:r w:rsidR="002155D7" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Event or Challenge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160A48FC" w14:textId="5E90EB8D" w:rsidR="009B6076" w:rsidRPr="007A2969" w:rsidRDefault="00405DE0" w:rsidP="00DF228E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
-        <w:rPr>
-[...166 lines deleted...]
-      <w:pPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Your group will need to determine how employees fulfill this item. Will you offer a Strive prepopulated challenge or other wellness activity? Define the options and provide details on when this will be scheduled, when they will be notified, etc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009B6076" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0022C270" w14:textId="43C2C6F9" w:rsidR="00405DE0" w:rsidRPr="007A2969" w:rsidRDefault="009B6076" w:rsidP="00DF228E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="5D06CE3B" w14:textId="56E62C02" w:rsidR="003A0031" w:rsidRPr="007A2969" w:rsidRDefault="003A0031" w:rsidP="003B1FE3">
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You may choose to use the standard text below or </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5634" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>modify as needed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="06B96428" w14:textId="07C5D792" w:rsidR="00405DE0" w:rsidRPr="007A2969" w:rsidRDefault="00405DE0" w:rsidP="00DF228E">
       <w:pPr>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">**Participate in an activity or wellness </w:t>
+      </w:r>
+      <w:r w:rsidR="002155D7" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>event or challenge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">** </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F3F92E" w14:textId="77777777" w:rsidR="00405DE0" w:rsidRPr="007A2969" w:rsidRDefault="00405DE0" w:rsidP="00DF228E">
+      <w:pPr>
+        <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For details on how to fulfill this activity, consult your company wellness committee. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111844DC" w14:textId="687507EB" w:rsidR="00405DE0" w:rsidRPr="007A2969" w:rsidRDefault="00405DE0" w:rsidP="00DF228E">
+      <w:pPr>
+        <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>After completing this activity, please enter the date completed. Recording this event indicates you certify you have completed the activity as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD75CE0" w14:textId="58B1154F" w:rsidR="005C4F25" w:rsidRPr="007A2969" w:rsidRDefault="00405DE0" w:rsidP="0089204C">
+      <w:pPr>
+        <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Limit</w:t>
       </w:r>
       <w:r w:rsidR="00B7418E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> one</w:t>
       </w:r>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for credit to earn </w:t>
       </w:r>
       <w:r w:rsidR="00B7418E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">20 </w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="1515656E" w14:textId="13834BD8" w:rsidR="00405DE0" w:rsidRPr="007A2969" w:rsidRDefault="00405DE0" w:rsidP="00147703">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> points</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="401F2DA5" w14:textId="77777777" w:rsidR="0089204C" w:rsidRDefault="0089204C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="282829"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="282829"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="435EDEBD" w14:textId="0573A21F" w:rsidR="00405DE0" w:rsidRPr="007A2969" w:rsidRDefault="001C3B85" w:rsidP="001C3B85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
-        <w:contextualSpacing w:val="0"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="160A48FC" w14:textId="5E90EB8D" w:rsidR="009B6076" w:rsidRPr="007A2969" w:rsidRDefault="00405DE0" w:rsidP="00DF228E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="282829"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Complete the BCBSKS Nurse Health Coaching Program</w:t>
+      </w:r>
+      <w:r w:rsidR="007B01A7" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="282829"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (BCBSKS insured members only)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F9243D2" w14:textId="77777777" w:rsidR="001C3B85" w:rsidRPr="007A2969" w:rsidRDefault="001C3B85" w:rsidP="001C3B85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
-        <w:contextualSpacing w:val="0"/>
-[...50 lines deleted...]
-    <w:p w14:paraId="0022C270" w14:textId="43C2C6F9" w:rsidR="00405DE0" w:rsidRPr="007A2969" w:rsidRDefault="009B6076" w:rsidP="00DF228E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2220BB6A" w14:textId="4E7A837D" w:rsidR="001C3B85" w:rsidRPr="007A2969" w:rsidRDefault="001C3B85" w:rsidP="001C3B85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
-        <w:contextualSpacing w:val="0"/>
-[...52 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are participating in coaching for </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1650" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidR="004844AA" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Strive W</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1650" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ellness </w:t>
+      </w:r>
+      <w:r w:rsidR="004844AA" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1650" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rogram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, you must enroll before MONTH DD, YYYY, to complete a minimum of 6 calls. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC294DE" w14:textId="77777777" w:rsidR="001C3B85" w:rsidRPr="007A2969" w:rsidRDefault="001C3B85" w:rsidP="001C3B85">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:b/>
-[...41 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FD5EDCE" w14:textId="76616E25" w:rsidR="001C3B85" w:rsidRPr="007A2969" w:rsidRDefault="001C3B85" w:rsidP="001C3B85">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:spacing w:val="2"/>
-[...15 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[To access this coaching program, CLICK HERE]</w:t>
+      </w:r>
+      <w:r w:rsidR="00545AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="007826C2" w:rsidRPr="007826C2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>bcbsks.com/health-coaching</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D10B38E" w14:textId="77777777" w:rsidR="001C3B85" w:rsidRPr="007A2969" w:rsidRDefault="001C3B85" w:rsidP="001C3B85">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:spacing w:val="2"/>
-[...15 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44C51F82" w14:textId="282EA267" w:rsidR="001C3B85" w:rsidRPr="007A2969" w:rsidRDefault="001C3B85" w:rsidP="001C3B85">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:b/>
-[...57 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Blue Cross and Blue Shield of Kansas </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>offers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> health coaching to our members at no cost! You must complete a minimum of 6 calls with one of our registered nurses to earn these points. Please enroll no later than four months prior to the end of the wellness program to complete all 6 calls and receive credit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59569EA8" w14:textId="77777777" w:rsidR="001C3B85" w:rsidRPr="007A2969" w:rsidRDefault="001C3B85" w:rsidP="001C3B85">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:b/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B118A77" w14:textId="3BF59D34" w:rsidR="001C3B85" w:rsidRPr="007A2969" w:rsidRDefault="001C3B85" w:rsidP="001C3B85">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w14:paraId="435EDEBD" w14:textId="51D17EB8" w:rsidR="00405DE0" w:rsidRPr="007A2969" w:rsidRDefault="001C3B85" w:rsidP="001C3B85">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Topics </w:t>
+      </w:r>
+      <w:r w:rsidR="004E229E" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Asthma, COPD, diabetes, heart disease, high blood pressures, high cholesterol, stress, or weight loss. We also offer a maternity program to help during pregnancy and post-partum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF9E59A" w14:textId="77777777" w:rsidR="001C3B85" w:rsidRPr="007A2969" w:rsidRDefault="001C3B85" w:rsidP="001C3B85">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CCAABD9" w14:textId="7FEA0DD9" w:rsidR="001C3B85" w:rsidRDefault="001C3B85" w:rsidP="001C3B85">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>After completing this activity, please enter the date completed. Recording this event indicates you certify you have completed the activity as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FEC46E" w14:textId="77777777" w:rsidR="00B7418E" w:rsidRDefault="00B7418E" w:rsidP="00B7418E">
+      <w:pPr>
+        <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Limit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for credit to earn </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>points</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23BEBFF8" w14:textId="669132C5" w:rsidR="00726A95" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="00D04203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A2969">
-[...25 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00726A95" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omplete a plan to quit Tobacco </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F910C73" w14:textId="14DAF78E" w:rsidR="00726A95" w:rsidRPr="007A2969" w:rsidRDefault="00726A95" w:rsidP="00DF228E">
+      <w:pPr>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...9 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There is no editable text associated </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1650" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this activity.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D7189" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> link </w:t>
+      </w:r>
+      <w:r w:rsidR="006D7189" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will be available on your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004844AA" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Strive W</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1650" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ellness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004844AA" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rogram to select the Tobacco Cessation daily habits plan. This plan runs for </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB29F5" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>28 calendar days</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; allow enough time to complete and record before the end of your program!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A974975" w14:textId="49121C7D" w:rsidR="00726A95" w:rsidRPr="007A2969" w:rsidRDefault="00726A95" w:rsidP="00DF228E">
+      <w:pPr>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...276 lines deleted...]
-    <w:p w14:paraId="23BEBFF8" w14:textId="669132C5" w:rsidR="00726A95" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="00D04203">
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>When you select your topic, enter your progress, and complete the Tobacco Cessation Daily Habit plan, the system will automatically</w:t>
+      </w:r>
+      <w:r w:rsidR="008A0CA4" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> record and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> credit </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B85" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7418E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B85" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> points. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400B1547" w14:textId="1104B23F" w:rsidR="002155D7" w:rsidRPr="007A2969" w:rsidRDefault="002155D7" w:rsidP="002155D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...240 lines deleted...]
-        <w:r w:rsidR="002155D7" w:rsidRPr="007A2969">
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="007A2969">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Report your tobacco-free status within the Health Assessment</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7E6B532D" w14:textId="77777777" w:rsidR="00FF3282" w:rsidRDefault="00FF3282" w:rsidP="00FF3282">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3332,50 +3266,51 @@
       </w:r>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41E0605F" w14:textId="0973DCB4" w:rsidR="002155D7" w:rsidRPr="007A2969" w:rsidRDefault="007B01A7" w:rsidP="002155D7">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Tobacco Cessation BCBSKS Nurse Program (BCBSKS insured members only)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="518220A8" w14:textId="14A4F0AB" w:rsidR="007B01A7" w:rsidRPr="007A2969" w:rsidRDefault="007B01A7" w:rsidP="007B01A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are participating in tobacco cessation coaching for </w:t>
       </w:r>
       <w:r w:rsidR="008A1650" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -3383,100 +3318,153 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wellnes</w:t>
       </w:r>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s, you must enroll before MONTH DD, YYYY, to complete a minimum of 6 calls. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="082BB58F" w14:textId="77777777" w:rsidR="007B01A7" w:rsidRPr="007A2969" w:rsidRDefault="007B01A7" w:rsidP="007B01A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FE0F157" w14:textId="77777777" w:rsidR="007B01A7" w:rsidRPr="007A2969" w:rsidRDefault="007B01A7" w:rsidP="007B01A7">
+    <w:p w14:paraId="0FE0F157" w14:textId="611BA4F0" w:rsidR="007B01A7" w:rsidRPr="007A2969" w:rsidRDefault="007B01A7" w:rsidP="007B01A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[To access this coaching program, CLICK HERE](https://www.bcbsks.com/health-and-wellness/disease-management)</w:t>
+        <w:t>[To access this coaching program, CLICK HERE]</w:t>
+      </w:r>
+      <w:r w:rsidR="00545AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007826C2" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="007826C2" w:rsidRPr="007826C2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>bcbsks.com/health-coaching</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007826C2" w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43974789" w14:textId="77777777" w:rsidR="007B01A7" w:rsidRPr="007A2969" w:rsidRDefault="007B01A7" w:rsidP="007B01A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DA01DB3" w14:textId="77777777" w:rsidR="007B01A7" w:rsidRPr="007A2969" w:rsidRDefault="007B01A7" w:rsidP="007B01A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Blue Cross and Blue Shield of Kansas offers health coaching to our members at no cost! You must complete a minimum of 6 calls with one of our registered nurses to earn these points. Please enroll no later than four months prior to the end of the wellness program to complete all 6 calls and receive credit.</w:t>
+        <w:t xml:space="preserve">Blue Cross and Blue Shield of Kansas </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>offers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A2969">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> health coaching to our members at no cost! You must complete a minimum of 6 calls with one of our registered nurses to earn these points. Please enroll no later than four months prior to the end of the wellness program to complete all 6 calls and receive credit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A02815" w14:textId="77777777" w:rsidR="007B01A7" w:rsidRPr="007A2969" w:rsidRDefault="007B01A7" w:rsidP="007B01A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C8413B4" w14:textId="77777777" w:rsidR="007B01A7" w:rsidRDefault="007B01A7" w:rsidP="007B01A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -3554,51 +3542,50 @@
     </w:p>
     <w:p w14:paraId="271A7FE9" w14:textId="3FFBD528" w:rsidR="009B6076" w:rsidRPr="007A2969" w:rsidRDefault="009B6076" w:rsidP="009B6076">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Community Fitness Event </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2819EF7D" w14:textId="77777777" w:rsidR="007334D0" w:rsidRPr="007A2969" w:rsidRDefault="009B6076" w:rsidP="009B6076">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3956,602 +3943,560 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Indicate if all topics are needed to fulfill this item if any need excluded Notify the Group Wellness Online Specialist of the activities you will not accept</w:t>
       </w:r>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D483CF" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="00E6204A">
+    <w:p w14:paraId="25D483CF" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00E6204A" w:rsidP="00E6204A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="494949"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00E6204A" w:rsidRPr="007A2969">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="007A2969">
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:color w:val="093AC9"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Building a Budget</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="64D16E18" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="00E6204A">
+    <w:p w14:paraId="64D16E18" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00E6204A" w:rsidP="00E6204A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="494949"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00E6204A" w:rsidRPr="007A2969">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="007A2969">
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:color w:val="093AC9"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Improving Your Credit Score</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="51797D03" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="00E6204A">
+    <w:p w14:paraId="51797D03" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00E6204A" w:rsidP="00E6204A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="494949"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00E6204A" w:rsidRPr="007A2969">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="007A2969">
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:color w:val="093AC9"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Navigating Taxes</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3CBDC451" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="00E6204A">
+    <w:p w14:paraId="3CBDC451" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00E6204A" w:rsidP="00E6204A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="494949"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00E6204A" w:rsidRPr="007A2969">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="007A2969">
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:color w:val="093AC9"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Paying Down Debt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5721244D" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="00E6204A">
+    <w:p w14:paraId="5721244D" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00E6204A" w:rsidP="00E6204A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="494949"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00E6204A" w:rsidRPr="007A2969">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="007A2969">
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:color w:val="093AC9"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Saving Money</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2D7A85C0" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="00E6204A">
+    <w:p w14:paraId="2D7A85C0" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00E6204A" w:rsidP="00E6204A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="494949"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00E6204A" w:rsidRPr="007A2969">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="007A2969">
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:color w:val="093AC9"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Home Financial Planning</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5069E02E" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="00E6204A">
+    <w:p w14:paraId="5069E02E" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00E6204A" w:rsidP="00E6204A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="494949"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00E6204A" w:rsidRPr="007A2969">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="007A2969">
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:color w:val="093AC9"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Basics of Investing</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="08CA1EDA" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="00E6204A">
+    <w:p w14:paraId="08CA1EDA" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00E6204A" w:rsidP="00E6204A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="494949"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00E6204A" w:rsidRPr="007A2969">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="007A2969">
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:color w:val="093AC9"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Planning for Your Retirement</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D0E5860" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="00E6204A">
+    <w:p w14:paraId="4D0E5860" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00E6204A" w:rsidP="00E6204A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="494949"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00E6204A" w:rsidRPr="007A2969">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="007A2969">
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:color w:val="093AC9"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Getting the Most from Your 401K</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A614A25" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="00E6204A">
+    <w:p w14:paraId="3A614A25" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00E6204A" w:rsidP="00E6204A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="494949"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00E6204A" w:rsidRPr="007A2969">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="007A2969">
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:color w:val="093AC9"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Understanding Insurance</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="41663D2A" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="00E6204A">
+    <w:p w14:paraId="41663D2A" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00E6204A" w:rsidP="00E6204A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="494949"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="00E6204A" w:rsidRPr="007A2969">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="007A2969">
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:color w:val="093AC9"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Becoming a Financially Fit Family</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A45584A" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="00E6204A">
+    <w:p w14:paraId="0A45584A" w14:textId="77777777" w:rsidR="00E6204A" w:rsidRPr="007A2969" w:rsidRDefault="00E6204A" w:rsidP="00E6204A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="494949"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="00E6204A" w:rsidRPr="007A2969">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="007A2969">
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:color w:val="093AC9"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Building Financial Resilience</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1C8FA73A" w14:textId="727B1521" w:rsidR="004224C4" w:rsidRPr="007A2969" w:rsidRDefault="004224C4" w:rsidP="004224C4">
       <w:pPr>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>After completing this activity, please enter the date completed. Recording this event                   indicates you certify you have completed the activity as required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1786F33D" w14:textId="77777777" w:rsidR="004779D3" w:rsidRDefault="004779D3" w:rsidP="004779D3">
+    <w:p w14:paraId="12CE27C0" w14:textId="04B55581" w:rsidR="004779D3" w:rsidRPr="00545AB3" w:rsidRDefault="004779D3" w:rsidP="00545AB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004779D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete all topics to earn 20 points. Limit one time for credit. </w:t>
       </w:r>
-    </w:p>
-[...40 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="6014F078" w14:textId="77777777" w:rsidR="004779D3" w:rsidRPr="004779D3" w:rsidRDefault="004779D3" w:rsidP="004779D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="342BB11D" w14:textId="46D914C4" w:rsidR="00D04203" w:rsidRPr="007A2969" w:rsidRDefault="00191F31" w:rsidP="00D04203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -4560,51 +4505,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Explore a</w:t>
       </w:r>
       <w:r w:rsidR="00D04203" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Health Topic </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B366BBF" w14:textId="12DEDACA" w:rsidR="00D04203" w:rsidRPr="007A2969" w:rsidRDefault="00D04203" w:rsidP="00D04203">
+    <w:p w14:paraId="282FFB84" w14:textId="28F4FC44" w:rsidR="00AB5997" w:rsidRPr="007A2969" w:rsidRDefault="00D04203" w:rsidP="00D04203">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">There is no editable text associated </w:t>
       </w:r>
       <w:r w:rsidR="004844AA" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidRPr="007A2969">
         <w:rPr>
@@ -4703,1636 +4648,1379 @@
       <w:r w:rsidR="008A0CA4" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> your </w:t>
       </w:r>
       <w:r w:rsidR="00DD50B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
       <w:r w:rsidR="008A0CA4" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>points</w:t>
       </w:r>
       <w:r w:rsidR="00386B85" w:rsidRPr="007A2969">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64DBE863" w14:textId="07D6C8C2" w:rsidR="00300BA3" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="007568E8">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="499247B8" w14:textId="17721817" w:rsidR="00D07368" w:rsidRPr="00D07368" w:rsidRDefault="00D07368" w:rsidP="00545AB3">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...63 lines deleted...]
-        <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07368">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Side Quest Challenge </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFA6D81" w14:textId="77777777" w:rsidR="00F75934" w:rsidRDefault="00D07368" w:rsidP="00F75934">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-        <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F75934">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A link to Side Quest will be available in your wellness program. Once completed the system will automatically record and credit your </w:t>
+      </w:r>
+      <w:r w:rsidR="009B444B" w:rsidRPr="00F75934">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75934">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>0 points on your wellness program after successful completion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C03B4B9" w14:textId="61C6AD7D" w:rsidR="00D07368" w:rsidRPr="00D07368" w:rsidRDefault="00D07368" w:rsidP="00F75934">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...195 lines deleted...]
-    <w:p w14:paraId="35A91436" w14:textId="77777777" w:rsidR="009F44EE" w:rsidRPr="007A2969" w:rsidRDefault="00145D32" w:rsidP="009F5488">
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07368">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Limit one time for a credit to earn </w:t>
+      </w:r>
+      <w:r w:rsidR="009B444B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07368">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 points. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50AF84A5" w14:textId="5C1162BA" w:rsidR="009041EA" w:rsidRPr="009041EA" w:rsidRDefault="009041EA" w:rsidP="002D0324">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...222 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009041EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009041EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009041EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009041EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009041EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009041EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009041EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009041EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009041EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009041EA">
-[...8 lines deleted...]
-    <w:p w14:paraId="419CF1F9" w14:textId="77777777" w:rsidR="00DD50B2" w:rsidRPr="007A2969" w:rsidRDefault="00DD50B2" w:rsidP="00DD50B2">
+    </w:p>
+    <w:p w14:paraId="5F18B954" w14:textId="01F69002" w:rsidR="009041EA" w:rsidRPr="002F0005" w:rsidRDefault="00693EB7" w:rsidP="009F5488">
       <w:pPr>
         <w:spacing w:after="180" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...15 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...43 lines deleted...]
-        <w:ind w:left="1080"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="6AFF41E4" wp14:editId="102CD110">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1695450</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>8698865</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4379595" cy="786130"/>
+                <wp:effectExtent l="0" t="0" r="1905" b="1270"/>
+                <wp:wrapNone/>
+                <wp:docPr id="695182685" name="Text Box 5"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4379595" cy="786130"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="415001F8" w14:textId="77777777" w:rsidR="00693EB7" w:rsidRPr="00050A66" w:rsidRDefault="00693EB7" w:rsidP="00693EB7">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00050A66">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Blue Cross and Blue Shield of Kansas is an independent licensee of the Blue Cross Blue Shield Association. </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00050A66">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">BLUE CROSS®, BLUE SHIELD® and the Cross and Shield Symbols are registered service marks of the </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00050A66">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Blue Cross Blue Shield Association, an association of independent Blue Cross and Blue Shield Plans. </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00050A66">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Strive, powered by WebMD ONE, is our health and wellness platform that provides a personalized experience to </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00050A66">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>help our members build daily habits, achieve their health goals and thrive at work and life. WebMD ONE is our contracted vendor for this platform and is not affiliated with Blue Cross and Blue Shield of Kansas.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="6AFF41E4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:133.5pt;margin-top:684.95pt;width:344.85pt;height:61.9pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQC3PXsUDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2jAUfZ+0/2D5fQTKoG1EqFgrpklV&#13;&#10;W4lOfTaOTSI5vt61IWG/ftcOganb07QX58b3+5zjxV3XGHZQ6GuwBZ+MxpwpK6Gs7a7g31/Xn244&#13;&#10;80HYUhiwquBH5fnd8uOHRetydQUVmFIhoyLW560reBWCy7PMy0o1wo/AKUtODdiIQL+4y0oULVVv&#13;&#10;THY1Hs+zFrB0CFJ5T7cPvZMvU32tlQzPWnsVmCk4zRbSiencxjNbLkS+Q+GqWp7GEP8wRSNqS03P&#13;&#10;pR5EEGyP9R+lmloieNBhJKHJQOtaqrQDbTMZv9tmUwmn0i4EjndnmPz/KyufDhv3gix0X6AjAiMg&#13;&#10;rfO5p8u4T6exiV+alJGfIDyeYVNdYJIuP0+vb2e3M84k+a5v5pNpwjW7ZDv04auChkWj4Ei0JLTE&#13;&#10;4dEH6kihQ0hsZmFdG5OoMZa1BZ9PZ+OUcPZQhrGUeJk1WqHbdqcFtlAeaS+EnnLv5Lqm5o/ChxeB&#13;&#10;xDGtQroNz3RoA9QEThZnFeDPv93HeIKevJy1pJmC+x97gYoz880SKVFgg4GDsR0Mu2/ugWQ4oRfh&#13;&#10;ZDIpAYMZTI3QvJGcV7ELuYSV1KvgYTDvQ69ceg5SrVYpiGTkRHi0Gydj6QhfhPK1exPoTngHYuoJ&#13;&#10;BjWJ/B3sfWwP/GofQNeJkwhoj+IJZ5Jgour0XKLGf/9PUZdHvfwFAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDiP2g35gAAABIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWLoNWto1nRCD&#13;&#10;G58DJLilTWgr8lElblf+PeYEF0v2a79+n3I7W8MmHWLvnYDlIgGmXeNV71oBry+3Z5fAIkqnpPFO&#13;&#10;C/jWEbbV8VEpC+UP7llPe2wZmbhYSAEd4lBwHptOWxkXftCOtE8frERqQ8tVkAcyt4avkiTlVvaO&#13;&#10;PnRy0Nedbr72oxVg3mO4qxP8mHbtPT498vHtZvkgxOnJvNtQudoAQz3j3wX8MlB+qChY7UenIjMC&#13;&#10;VmlGQEjCOs1zYLSSX6QZsJpG5/k6A16V/D9K9QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#13;&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#13;&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#13;&#10;IQC3PXsUDgIAABwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#13;&#10;AAAAIQDiP2g35gAAABIBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#13;&#10;AAQABADzAAAAewUAAAAA&#13;&#10;" o:allowoverlap="f" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="415001F8" w14:textId="77777777" w:rsidR="00693EB7" w:rsidRPr="00050A66" w:rsidRDefault="00693EB7" w:rsidP="00693EB7">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00050A66">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Blue Cross and Blue Shield of Kansas is an independent licensee of the Blue Cross Blue Shield Association. </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00050A66">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">BLUE CROSS®, BLUE SHIELD® and the Cross and Shield Symbols are registered service marks of the </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00050A66">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Blue Cross Blue Shield Association, an association of independent Blue Cross and Blue Shield Plans. </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00050A66">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Strive, powered by WebMD ONE, is our health and wellness platform that provides a personalized experience to </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00050A66">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>help our members build daily habits, achieve their health goals and thrive at work and life. WebMD ONE is our contracted vendor for this platform and is not affiliated with Blue Cross and Blue Shield of Kansas.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="page" anchory="page"/>
+                <w10:anchorlock/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="1080"/>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009041EA">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...122 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId32"/>
+    </w:p>
+    <w:sectPr w:rsidR="009041EA" w:rsidRPr="002F0005" w:rsidSect="0089204C">
+      <w:headerReference w:type="even" r:id="rId23"/>
+      <w:headerReference w:type="default" r:id="rId24"/>
+      <w:footerReference w:type="even" r:id="rId25"/>
+      <w:footerReference w:type="default" r:id="rId26"/>
+      <w:headerReference w:type="first" r:id="rId27"/>
+      <w:footerReference w:type="first" r:id="rId28"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65441E9E" w14:textId="77777777" w:rsidR="00486F6E" w:rsidRDefault="00486F6E" w:rsidP="00D04203">
+    <w:p w14:paraId="5DA77ED6" w14:textId="77777777" w:rsidR="00DD2384" w:rsidRDefault="00DD2384" w:rsidP="00D04203">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="134E4018" w14:textId="77777777" w:rsidR="00486F6E" w:rsidRDefault="00486F6E" w:rsidP="00D04203">
+    <w:p w14:paraId="57DB92EE" w14:textId="77777777" w:rsidR="00DD2384" w:rsidRDefault="00DD2384" w:rsidP="00D04203">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers LT Std 47 Cn Lt">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Univers LT Std 47 Cn Lt"/>
+    <w:panose1 w:val="020B0406020202040204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lato">
+    <w:panose1 w:val="020F0502020204030203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:altName w:val="Georgia"/>
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="64E0103D" w14:textId="77777777" w:rsidR="005C4F25" w:rsidRDefault="005C4F25" w:rsidP="005C4F25">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0C428753" w14:textId="77777777" w:rsidR="00496EF2" w:rsidRDefault="00496EF2">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="28BB217E" w14:textId="77777777" w:rsidR="00496EF2" w:rsidRDefault="00496EF2">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="692D138C" w14:textId="77777777" w:rsidR="0089204C" w:rsidRDefault="0089204C" w:rsidP="0089204C">
     <w:pPr>
       <w:ind w:right="720"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4F286BFD" w14:textId="02DBCE87" w:rsidR="005C4F25" w:rsidRDefault="005C4F25" w:rsidP="005C4F25">
+  <w:p w14:paraId="0153CC26" w14:textId="77777777" w:rsidR="0089204C" w:rsidRDefault="0089204C" w:rsidP="0089204C">
     <w:pPr>
       <w:ind w:right="720"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="002D0324">
+    <w:r>
       <w:rPr>
-        <w:sz w:val="12"/>
-        <w:szCs w:val="12"/>
+        <w:noProof/>
       </w:rPr>
-      <w:t xml:space="preserve">Blue Cross and Blue Shield of Kansas is an independent licensee of the Blue Cross Blue Shield Association. </w:t>
-[...7 lines deleted...]
-      <w:t>BLUE CROSS®, BLUE SHIELD® and the Cross and Shield Symbols are registered service marks of the Blue Cross Blue Shield Association, an association of independent Blue Cross and Blue Shield Plans. Strive, powered by WebMD ONE is our health and wellness platform that provides a personalized experience to help our members build daily habits, achieve their health goals and thrive at work and life. WebMD ONE is our contracted vendor for this platform and is not affiliated with Blue Cross and Blue Shield of Kansas.</w:t>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B0EC30D" wp14:editId="705D9E9D">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>3013710</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>432858</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="3397250" cy="411480"/>
+          <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="142708266" name="Picture 1" descr="A black and white text&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="142708266" name="Picture 1" descr="A black and white text&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect l="6887" t="26402" r="8486" b="29353"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="3397250" cy="411480"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2E429EE3" w14:textId="24DB4F8D" w:rsidR="002F036C" w:rsidRDefault="005C4F25" w:rsidP="005C4F25">
+  <w:p w14:paraId="06CB875A" w14:textId="0456F7DF" w:rsidR="0089204C" w:rsidRDefault="0089204C" w:rsidP="0089204C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="2145"/>
       </w:tabs>
       <w:ind w:left="720"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
-    <w:r>
-[...44 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="6C2028FD" w14:textId="607A3774" w:rsidR="00145D32" w:rsidRPr="004E0ED1" w:rsidRDefault="00145D32" w:rsidP="00145D32">
+  <w:p w14:paraId="49144E5B" w14:textId="23F825ED" w:rsidR="0089204C" w:rsidRPr="004E0ED1" w:rsidRDefault="0089204C" w:rsidP="0089204C">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:color w:val="282829"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004E0ED1">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:color w:val="282829"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>MC621</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:color w:val="282829"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">K </w:t>
     </w:r>
-    <w:r w:rsidRPr="004E0ED1">
+    <w:r w:rsidR="00496EF2">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:color w:val="282829"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 0</w:t>
+      <w:t>01/26</w:t>
     </w:r>
-    <w:r>
-[...7 lines deleted...]
-    </w:r>
+  </w:p>
+  <w:p w14:paraId="4A6F6AD4" w14:textId="77777777" w:rsidR="0089204C" w:rsidRDefault="0089204C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="278896E5" w14:textId="77777777" w:rsidR="00486F6E" w:rsidRDefault="00486F6E" w:rsidP="00D04203">
+    <w:p w14:paraId="40FF59FE" w14:textId="77777777" w:rsidR="00DD2384" w:rsidRDefault="00DD2384" w:rsidP="00D04203">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45FEB00B" w14:textId="77777777" w:rsidR="00486F6E" w:rsidRDefault="00486F6E" w:rsidP="00D04203">
+    <w:p w14:paraId="7F784D76" w14:textId="77777777" w:rsidR="00DD2384" w:rsidRDefault="00DD2384" w:rsidP="00D04203">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6BC2BCAA" w14:textId="1F6F29F5" w:rsidR="00A02B47" w:rsidRDefault="00A92E9D" w:rsidP="000E09B1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6AFD5790" w14:textId="77777777" w:rsidR="00496EF2" w:rsidRDefault="00496EF2">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="363273C9" w14:textId="09FA7DD9" w:rsidR="002F036C" w:rsidRPr="002F036C" w:rsidRDefault="002F036C" w:rsidP="00A02B47">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="7328"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="majorHAnsi"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="39B2E168" w14:textId="77777777" w:rsidR="0089204C" w:rsidRDefault="0089204C" w:rsidP="0089204C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A92E9D">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06A95BB2" wp14:editId="2AD0DFF2">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="120B0B4A" wp14:editId="0193FF74">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>14288</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="8172451" cy="1828800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1130423769" name="Picture 1"/>
+          <wp:docPr id="1424580396" name="Picture 1" descr="A blue background with white dots&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="49" name="Picture 1"/>
+                  <pic:cNvPr id="1424580396" name="Picture 1" descr="A blue background with white dots&#10;&#10;AI-generated content may be incorrect."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="8172451" cy="1828800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:extLst>
                     <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
                       <ma14:placeholderFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns=""/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="000E09B1">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6296096B" w14:textId="7141B0AA" w:rsidR="002F036C" w:rsidRPr="00D067DD" w:rsidRDefault="002F036C" w:rsidP="002D0324">
+  <w:p w14:paraId="1E7E27C1" w14:textId="77777777" w:rsidR="0089204C" w:rsidRPr="0090412B" w:rsidRDefault="0089204C" w:rsidP="0089204C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="8265"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D067DD">
+    <w:r w:rsidRPr="0090412B">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
       </w:rPr>
       <w:t>Strive</w:t>
     </w:r>
-    <w:r w:rsidRPr="00D067DD">
+    <w:r w:rsidRPr="0090412B">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="002D0324" w:rsidRPr="00D067DD">
+    <w:r w:rsidRPr="0090412B">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="482DDEF8" w14:textId="4D18FD65" w:rsidR="00A02B47" w:rsidRPr="007A2969" w:rsidRDefault="00EB7FA1" w:rsidP="00A02B47">
+  <w:p w14:paraId="68C7C9D6" w14:textId="464A825C" w:rsidR="0089204C" w:rsidRPr="007A2969" w:rsidRDefault="0089204C" w:rsidP="0089204C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="7328"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007A2969">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
-      <w:t>Wellness Program</w:t>
+      <w:t xml:space="preserve">Wellness Program </w:t>
     </w:r>
-    <w:r w:rsidR="000E09B1" w:rsidRPr="007A2969">
+    <w:r w:rsidR="00496EF2">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Standard</w:t>
+      <w:t>s</w:t>
     </w:r>
     <w:r w:rsidRPr="007A2969">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">tandard </w:t>
     </w:r>
-    <w:r w:rsidR="002F036C" w:rsidRPr="007A2969">
+    <w:r w:rsidR="00496EF2">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
-      <w:t xml:space="preserve">Text Document </w:t>
+      <w:t>t</w:t>
+    </w:r>
+    <w:r w:rsidRPr="007A2969">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
+      </w:rPr>
+      <w:t xml:space="preserve">ext </w:t>
+    </w:r>
+    <w:r w:rsidR="00496EF2">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
+      </w:rPr>
+      <w:t>d</w:t>
+    </w:r>
+    <w:r w:rsidRPr="007A2969">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
+      </w:rPr>
+      <w:t xml:space="preserve">ocument </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="163DCA67" w14:textId="77777777" w:rsidR="00A02B47" w:rsidRDefault="00A02B47" w:rsidP="00A02B47">
+  <w:p w14:paraId="539715D2" w14:textId="77777777" w:rsidR="0089204C" w:rsidRDefault="0089204C" w:rsidP="0089204C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="7328"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="majorHAnsi"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6B0DC2E3" w14:textId="77777777" w:rsidR="00A02B47" w:rsidRDefault="00A02B47" w:rsidP="00A02B47">
+  <w:p w14:paraId="662CF586" w14:textId="77777777" w:rsidR="0089204C" w:rsidRDefault="0089204C" w:rsidP="0089204C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="7328"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="majorHAnsi"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="363273C9" w14:textId="09FA7DD9" w:rsidR="002F036C" w:rsidRPr="002F036C" w:rsidRDefault="002F036C" w:rsidP="00A02B47">
+  <w:p w14:paraId="65D40685" w14:textId="77777777" w:rsidR="0089204C" w:rsidRPr="002F036C" w:rsidRDefault="0089204C" w:rsidP="0089204C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="7328"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="majorHAnsi"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
   </w:p>
+  <w:p w14:paraId="0009B02C" w14:textId="77777777" w:rsidR="0089204C" w:rsidRDefault="0089204C">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A661C66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3370CCC0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7015,233 +6703,309 @@
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1419016636">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1239825516">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1697655579">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1039546696">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="391394535">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1391539655">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="573125681">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="8" w16cid:durableId="159732796">
+    <w:abstractNumId w:val="6"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="135"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA5347"/>
+    <w:rsid w:val="000059DD"/>
     <w:rsid w:val="00020912"/>
+    <w:rsid w:val="00027D21"/>
     <w:rsid w:val="00041843"/>
     <w:rsid w:val="000863FF"/>
     <w:rsid w:val="000D5B38"/>
     <w:rsid w:val="000E09B1"/>
     <w:rsid w:val="001343C4"/>
     <w:rsid w:val="00145D32"/>
     <w:rsid w:val="00147703"/>
     <w:rsid w:val="001758EF"/>
     <w:rsid w:val="00191F31"/>
+    <w:rsid w:val="001B069E"/>
     <w:rsid w:val="001C3B85"/>
     <w:rsid w:val="001E19B2"/>
+    <w:rsid w:val="001E7F9A"/>
     <w:rsid w:val="002155D7"/>
     <w:rsid w:val="00255138"/>
+    <w:rsid w:val="0029456D"/>
     <w:rsid w:val="002956E6"/>
     <w:rsid w:val="002C34E0"/>
     <w:rsid w:val="002D0324"/>
     <w:rsid w:val="002E0001"/>
     <w:rsid w:val="002E6A61"/>
     <w:rsid w:val="002F0005"/>
     <w:rsid w:val="002F036C"/>
     <w:rsid w:val="00300BA3"/>
     <w:rsid w:val="0030163C"/>
     <w:rsid w:val="003121BF"/>
+    <w:rsid w:val="00372357"/>
+    <w:rsid w:val="00376F3F"/>
     <w:rsid w:val="0038217D"/>
     <w:rsid w:val="00386B85"/>
     <w:rsid w:val="003A0031"/>
     <w:rsid w:val="003B1FE3"/>
     <w:rsid w:val="003C2745"/>
     <w:rsid w:val="003D7275"/>
     <w:rsid w:val="00405DE0"/>
     <w:rsid w:val="004224C4"/>
     <w:rsid w:val="00444A57"/>
     <w:rsid w:val="00454946"/>
     <w:rsid w:val="00472E0D"/>
     <w:rsid w:val="004779D3"/>
     <w:rsid w:val="004844AA"/>
     <w:rsid w:val="00486F6E"/>
     <w:rsid w:val="0049013E"/>
     <w:rsid w:val="004938BD"/>
+    <w:rsid w:val="00496EF2"/>
     <w:rsid w:val="004B6A90"/>
     <w:rsid w:val="004E229E"/>
     <w:rsid w:val="00523891"/>
+    <w:rsid w:val="00545AB3"/>
+    <w:rsid w:val="005B46B6"/>
     <w:rsid w:val="005C4F25"/>
     <w:rsid w:val="005D2814"/>
+    <w:rsid w:val="00602512"/>
+    <w:rsid w:val="00654F25"/>
     <w:rsid w:val="006609D5"/>
     <w:rsid w:val="00691FE6"/>
+    <w:rsid w:val="00693EB7"/>
     <w:rsid w:val="006B4DBF"/>
+    <w:rsid w:val="006B5C10"/>
     <w:rsid w:val="006C61EF"/>
     <w:rsid w:val="006D7189"/>
     <w:rsid w:val="006E67CF"/>
     <w:rsid w:val="006F12C4"/>
     <w:rsid w:val="006F474F"/>
+    <w:rsid w:val="00703414"/>
+    <w:rsid w:val="007110E8"/>
     <w:rsid w:val="007210A5"/>
     <w:rsid w:val="00726A95"/>
+    <w:rsid w:val="00730691"/>
     <w:rsid w:val="007334D0"/>
     <w:rsid w:val="00743822"/>
+    <w:rsid w:val="007826C2"/>
     <w:rsid w:val="007A2969"/>
     <w:rsid w:val="007A5634"/>
     <w:rsid w:val="007B01A7"/>
     <w:rsid w:val="007B2D47"/>
     <w:rsid w:val="007F2EE7"/>
     <w:rsid w:val="007F5939"/>
+    <w:rsid w:val="00830165"/>
     <w:rsid w:val="008658D4"/>
+    <w:rsid w:val="008748C8"/>
+    <w:rsid w:val="0087793A"/>
+    <w:rsid w:val="0089204C"/>
     <w:rsid w:val="008A0CA4"/>
     <w:rsid w:val="008A1650"/>
+    <w:rsid w:val="00903AF2"/>
+    <w:rsid w:val="0090412B"/>
     <w:rsid w:val="009041EA"/>
     <w:rsid w:val="009518B0"/>
     <w:rsid w:val="009628C8"/>
     <w:rsid w:val="009812A1"/>
     <w:rsid w:val="00981305"/>
     <w:rsid w:val="009B4134"/>
+    <w:rsid w:val="009B444B"/>
     <w:rsid w:val="009B6076"/>
     <w:rsid w:val="009F44EE"/>
     <w:rsid w:val="009F5488"/>
     <w:rsid w:val="00A018A4"/>
     <w:rsid w:val="00A026C7"/>
     <w:rsid w:val="00A02B47"/>
+    <w:rsid w:val="00A3004C"/>
     <w:rsid w:val="00A41E5A"/>
+    <w:rsid w:val="00A44784"/>
     <w:rsid w:val="00A64DA3"/>
+    <w:rsid w:val="00A75B64"/>
     <w:rsid w:val="00A87798"/>
     <w:rsid w:val="00A92E9D"/>
     <w:rsid w:val="00AA13F3"/>
+    <w:rsid w:val="00AA3DDB"/>
+    <w:rsid w:val="00AB5997"/>
+    <w:rsid w:val="00B225C8"/>
     <w:rsid w:val="00B327A1"/>
     <w:rsid w:val="00B402BD"/>
     <w:rsid w:val="00B47A00"/>
     <w:rsid w:val="00B7418E"/>
+    <w:rsid w:val="00BA4AF3"/>
     <w:rsid w:val="00BB29F5"/>
     <w:rsid w:val="00BB2C16"/>
     <w:rsid w:val="00BD5C66"/>
     <w:rsid w:val="00BF6C63"/>
     <w:rsid w:val="00C0187B"/>
     <w:rsid w:val="00C156D3"/>
     <w:rsid w:val="00C25BEC"/>
+    <w:rsid w:val="00C45C91"/>
     <w:rsid w:val="00C77030"/>
     <w:rsid w:val="00C832BD"/>
+    <w:rsid w:val="00C905FD"/>
     <w:rsid w:val="00CB18D8"/>
     <w:rsid w:val="00CC5DB5"/>
     <w:rsid w:val="00D04203"/>
     <w:rsid w:val="00D067DD"/>
+    <w:rsid w:val="00D07368"/>
     <w:rsid w:val="00D130DE"/>
     <w:rsid w:val="00D13B65"/>
+    <w:rsid w:val="00D80309"/>
     <w:rsid w:val="00D920D3"/>
     <w:rsid w:val="00DA5347"/>
+    <w:rsid w:val="00DD2384"/>
     <w:rsid w:val="00DD50B2"/>
     <w:rsid w:val="00DF1EA5"/>
     <w:rsid w:val="00DF228E"/>
     <w:rsid w:val="00E27333"/>
+    <w:rsid w:val="00E328DF"/>
     <w:rsid w:val="00E46DEE"/>
     <w:rsid w:val="00E6204A"/>
     <w:rsid w:val="00E729DF"/>
+    <w:rsid w:val="00EB7C06"/>
     <w:rsid w:val="00EB7FA1"/>
     <w:rsid w:val="00F11427"/>
     <w:rsid w:val="00F13626"/>
+    <w:rsid w:val="00F16361"/>
+    <w:rsid w:val="00F23E91"/>
     <w:rsid w:val="00F46E7A"/>
     <w:rsid w:val="00F60FF3"/>
+    <w:rsid w:val="00F61CA4"/>
     <w:rsid w:val="00F73E73"/>
+    <w:rsid w:val="00F75934"/>
     <w:rsid w:val="00F856F3"/>
+    <w:rsid w:val="00F959B7"/>
+    <w:rsid w:val="00FA273A"/>
     <w:rsid w:val="00FA3692"/>
     <w:rsid w:val="00FC1BB0"/>
     <w:rsid w:val="00FF3282"/>
     <w:rsid w:val="00FF637D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6658ED08"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{735AA7A2-E04B-470C-91BF-8D588A9B8EAA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7700,51 +7464,50 @@
       <w:lang w:bidi="my-MM"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007B2D47"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002155D7"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="muitypography-root-184">
     <w:name w:val="muitypography-root-184"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00FC1BB0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="muitypography-root-1841">
     <w:name w:val="muitypography-root-1841"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00FC1BB0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
@@ -7788,137 +7551,269 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D04203"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D04203"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D04203"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001E7F9A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="001E7F9A"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Aptos"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001E7F9A"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001E7F9A"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001E7F9A"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001E7F9A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001E7F9A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00545AB3"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="209195387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="281305583">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="438449527">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="949241967">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1157918980">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1473674513">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1791514740">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/05_saving_money_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/10_understanding-insurance_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staging.webmdhealth.com/AgileHealth/SSO?target=ConditionManagement&amp;target=Hypertension" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stagingadmin.webmdhealth.com/Rewards/Admin/40253ff0-d227-ed11-815b-005056869709/Preview" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/04_paying_down_debt_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/09_getting-the-most-from-your-401k_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staging.webmdhealth.com/AgileHealth/SSO?target=ConditionManagement&amp;target=Hearthealth" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/08_planning-for-your-retirement_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/12_Resilience-Conclusion_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staging.webmdhealth.com/AgileHealth/SSO?target=TobaccoCessation" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/03_navigating_taxes_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staging.webmdhealth.com/AgileHealth/SSO?target=HealthyNavigator" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/07_basics-of-investing_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staging.webmdhealth.com/AgileHealth/SSO?target=ConditionManagement&amp;target=Diabetes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staging.webmdhealth.com/AgileHealth/SSO?target=StressResilience" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/02_improving_your_credit_score_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/11_Becoming-a-Financially-Fit-Family_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/01_building-a-budget_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/06_home_financial_plan_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staging.webmdhealth.com/AgileHealth/SSO?target=DiabetesPrevention" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staging.webmdhealth.com/AgileHealth/SSO?target=MedicationAdherence" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staging.webmdhealth.com/AgileHealth/SSO?target=WeightLoss" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stagingadmin.webmdhealth.com/Rewards/Admin/40253ff0-d227-ed11-815b-005056869709/Preview" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bcbsks.com/health-coaching" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/03_navigating_taxes_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/08_planning-for-your-retirement_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/11_Becoming-a-Financially-Fit-Family_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/02_improving_your_credit_score_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/07_basics-of-investing_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/06_home_financial_plan_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/10_understanding-insurance_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/01_building-a-budget_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/05_saving_money_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bcbsks.com/health-coaching" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/09_getting-the-most-from-your-401k_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stagingadmin.webmdhealth.com/Rewards/Admin/40253ff0-d227-ed11-815b-005056869709/Preview" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/04_paying_down_debt_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:new%20window.Interstitial(%7BopenPopupWindow:%20false,%20openInSameWindow:%20false%7D).Warn(%27https://www.webmdhealth.com/content/s/1/12_Resilience-Conclusion_v1.pdf%27)" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -8193,70 +8088,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34018D54-A2DE-411E-9005-A7A842D5A9F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>13190</Characters>
+  <Pages>6</Pages>
+  <Words>1954</Words>
+  <Characters>10418</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>109</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>204</Lines>
+  <Paragraphs>147</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15473</CharactersWithSpaces>
+  <CharactersWithSpaces>12225</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sherres Taylor</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>